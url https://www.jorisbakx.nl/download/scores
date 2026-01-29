--- v0 (2025-12-10)
+++ v1 (2026-01-29)
@@ -1,206 +1,186 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://anteagroup-my.sharepoint.com/personal/joris_bakx_anteagroup_nl/Documents/Documents/SRC/GeoGuessr/WebApp/data/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="5" documentId="8_{4DE76535-DD60-4D99-9086-AF3AEF845BEC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{72F2B5DB-496A-44EC-A4E4-85809E099C3A}"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="28680" yWindow="-4035" windowWidth="29040" windowHeight="15720" tabRatio="600" firstSheet="0" activeTab="7" autoFilterDateGrouping="1"/>
+    <workbookView xWindow="28680" yWindow="-6645" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="SCORE MEI" sheetId="1" state="visible" r:id="rId1"/>
-[...7 lines deleted...]
-    <sheet name="SCORE December" sheetId="9" state="visible" r:id="rId9"/>
+    <sheet name="SCORE Januari" sheetId="1" r:id="rId1"/>
+    <sheet name="Random" sheetId="5" r:id="rId2"/>
   </sheets>
-  <definedNames/>
-  <calcPr calcId="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="13">
+  <si>
+    <t>Pot</t>
+  </si>
+  <si>
+    <t>Wouter</t>
+  </si>
+  <si>
+    <t>Deniz</t>
+  </si>
+  <si>
+    <t>Joris</t>
+  </si>
+  <si>
+    <t>L-J</t>
+  </si>
+  <si>
+    <t>Jeroen</t>
+  </si>
+  <si>
+    <t>Merijn</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>Victor</t>
+  </si>
+  <si>
+    <t>Mieke</t>
+  </si>
+  <si>
+    <t>Daan</t>
+  </si>
+  <si>
+    <t>Totaal Pot 1</t>
+  </si>
+  <si>
+    <t>Pieter</t>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...1 lines deleted...]
-  <fonts count="2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <b/>
+      <sz val="11"/>
       <name val="Calibri"/>
-      <b val="1"/>
-      <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
-      <patternFill/>
+      <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
+  <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...66 lines deleted...]
-  </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -443,5426 +423,174 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...4 lines deleted...]
-  <dimension ref="A1:K36"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="I8" sqref="I8"/>
+      <selection activeCell="D5" sqref="D5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col width="24" bestFit="1" customWidth="1" min="1" max="1"/>
-    <col width="12" bestFit="1" customWidth="1" min="2" max="2"/>
+    <col min="1" max="1" width="24" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
-[...53 lines deleted...]
-        </is>
+    <row r="1" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>10</v>
       </c>
     </row>
-    <row r="2">
-[...793 lines deleted...]
-        <v>12956</v>
+    <row r="2" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...4 lines deleted...]
-  <dimension ref="A1:M35"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <dimension ref="A1:H2"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:XFD2"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="10.5703125" bestFit="1" customWidth="1"/>
+  </cols>
   <sheetData>
-    <row r="1">
-[...63 lines deleted...]
-        </is>
+    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="G1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H1" t="s">
+        <v>5</v>
       </c>
     </row>
-    <row r="2">
-[...795 lines deleted...]
-        <v>18699</v>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...3621 lines deleted...]
-</worksheet>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{89bf691e-28e2-4dbc-9709-02294a8c1bf5}" enabled="0" method="" siteId="{89bf691e-28e2-4dbc-9709-02294a8c1bf5}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>SCORE Januari</vt:lpstr>
+      <vt:lpstr>Random</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>